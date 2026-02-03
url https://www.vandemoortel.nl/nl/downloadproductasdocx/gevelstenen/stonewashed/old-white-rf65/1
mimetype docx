--- v0 (2025-10-30)
+++ v1 (2026-02-03)
@@ -419,51 +419,51 @@
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t>Bruto volumieke massa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
-              <w:t>1900 kg/m³ (+/- 20 %) </w:t>
+              <w:t>1725 kg/m³ (+/- 20 %) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
@@ -965,92 +965,100 @@
           <w:rFonts w:ascii="Myriad Pro"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005C795D" w:rsidRDefault="005C795D" w14:paraId="0C1D0344" w14:textId="5012EF0A">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005C795D" w:rsidP="005C795D" w:rsidRDefault="005C795D" w14:paraId="159C9FFD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
-        <w:t>VERWERKINGSADVIES</w:t>
+        <w:t>VERWERKINGSRICHTLIJNEN</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C795D" w:rsidP="005C795D" w:rsidRDefault="005C795D" w14:paraId="34B27BA9" w14:textId="13CF925E">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>De bakstenen worden bij de verwerking gemengd uit 5 verschillende pakken. De stenen worden toren per toren afgestapeld. Het bepalen van  de juiste mortelsamenstelling gebeurt in overleg met de mortelleverancier. Vers metselwerk dient steeds afgeschermd te worden.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00024F65" w:rsidP="005C795D" w:rsidRDefault="00024F65" w14:paraId="1D2EDDBE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00790A39" w:rsidP="00790A39" w:rsidRDefault="00790A39" w14:paraId="6B04159D" w14:textId="03C757CF">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>*Afmetingen kunnen variëren in functie van de producties. Voor de meest actuele versie zie www.vandemoortel.be.  Dit document is niet bindend en vernietigt alle voorgaande publicaties. De fabrikant behoudt zich het recht om het productengamma en haar karakteristieken te wijzigen. De gebruiker dient er zich steeds van te vergewissen te beschikken over de meest recente beschrijvingstekst.</w:t>
+        <w:br/>
+        <w:t>  -   </w:t>
+        <w:br/>
+        <w:t>Bij een steekproef van 100 stenen zullen ten minste 90 stenen één onbeschadigde kop en één onbeschadigde strek vertonen. Het aantal stenen met fouten mag de 5% niet overschrijden. Worden als fout beschouwd; de aanwezigheid van insluitsels die door zwelling aanleiding kunnen geven tot een afschilfering in het oppervlak  van de steen, scheuren met breedte &gt;of= 0,2 mm die aangrijpen op ten minste 2 ribben. Beschadigingen en fouten dienen steeds voor de verwerking gemeld te worden.</w:t>
+        <w:br/>
+        <w:t>    -    </w:t>
+        <w:br/>
+        <w:t>Onze gevelstenen zijn ontwikkeld voor zichtbaar metselwerk zonder bijkomende afwerkingen. Wanneer er toch wordt gekozen voor een behandeling (o.a. schilderen, kaleien, chipperen,…), is dit is een eigen keuze het aan de uitvoerder om vooraf na te gaan of deze toepassing geschikt is en correct kan worden uitgevoerd. De hechting van het gekozen afwerkingssysteem dient steeds vooraf gecontroleerd te worden. Eventuele gevolgen van een onvoldoende resultaat kunnen niet aan het product worden toegeschreven noch aan Steenbakkerij Vande Moortel.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A73FF7" w:rsidP="00043D1C" w:rsidRDefault="00A73FF7" w14:paraId="0DE166F5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
         <w:rPr>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00043D1C" w:rsidP="00043D1C" w:rsidRDefault="00043D1C" w14:paraId="6921FD65" w14:textId="73869A7B">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>Productfoto</w:t>
       </w:r>
@@ -2950,51 +2958,51 @@
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="00F25199" w14:paraId="5C3DAD1D" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:ind w:firstLine="340"/>
                             <w:rPr>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
-                            <w:t>30-10-2025</w:t>
+                            <w:t>03-02-2026</w:t>
                           </w:r>
                         </w:p>
                         <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="28D88568" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:rPr>
                               <w:sz w:val="13"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="004D54FD" w14:paraId="0DF136AA" w14:textId="312CBC39">
                           <w:pPr>
                             <w:spacing w:before="9"/>
                             <w:ind w:left="340"/>
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>