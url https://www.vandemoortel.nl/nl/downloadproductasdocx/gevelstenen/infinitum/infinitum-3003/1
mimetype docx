--- v0 (2025-11-29)
+++ v1 (2026-02-03)
@@ -3223,51 +3223,51 @@
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="00F25199" w14:paraId="5C3DAD1D" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:ind w:firstLine="340"/>
                             <w:rPr>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
-                            <w:t>29-11-2025</w:t>
+                            <w:t>03-02-2026</w:t>
                           </w:r>
                         </w:p>
                         <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="28D88568" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:rPr>
                               <w:sz w:val="13"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="004D54FD" w14:paraId="0DF136AA" w14:textId="312CBC39">
                           <w:pPr>
                             <w:spacing w:before="9"/>
                             <w:ind w:left="340"/>
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>